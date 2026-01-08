--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -624,96 +624,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2550</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">1750</w:t>
+              <w:t xml:space="preserve">2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1860</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -838,96 +838,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2550</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">1750</w:t>
+              <w:t xml:space="preserve">2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1860</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1052,96 +1052,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2550</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">1750</w:t>
+              <w:t xml:space="preserve">2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1860</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1236,216 +1236,216 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">160</w:t>
-[...164 lines deleted...]
-              <w:t xml:space="preserve">-</w:t>
+              <w:t xml:space="preserve">135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
@@ -1525,51 +1525,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1750</w:t>
+              <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1664,340 +1664,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">135</w:t>
-[...212 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2550</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">1750</w:t>
+              <w:t xml:space="preserve">2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1860</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3126,96 +2912,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2250</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3340,96 +3126,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2250</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3554,96 +3340,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2250</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3768,156 +3554,156 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1 / 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...104 lines deleted...]
-              <w:t xml:space="preserve">1500</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3982,51 +3768,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
+              <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4708,126 +4494,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">1700</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4922,126 +4708,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 4.5 / 5 / 5.1 / 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">1700</w:t>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5136,51 +4922,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 4 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
+              <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5862,96 +5648,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3200</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2200</w:t>
+              <w:t xml:space="preserve">3400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6121,51 +5907,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2200</w:t>
+              <w:t xml:space="preserve">2350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6290,96 +6076,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3200</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2200</w:t>
+              <w:t xml:space="preserve">3400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6504,96 +6290,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3 / 4 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3200</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2200</w:t>
+              <w:t xml:space="preserve">3400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -7230,126 +7016,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5 / 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -7444,126 +7230,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8170,96 +7956,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.75 / 3 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">4400</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">3100</w:t>
+              <w:t xml:space="preserve">4700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8384,96 +8170,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2.75 / 3 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">4400</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">3100</w:t>
+              <w:t xml:space="preserve">4700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9110,126 +8896,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1.5 / 2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9752,126 +9538,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10180,126 +9966,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10394,126 +10180,126 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 3 / 3.5 / 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3700</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">2300</w:t>
+              <w:t xml:space="preserve">3950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11638,51 +11424,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3600</w:t>
+              <w:t xml:space="preserve">3850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11852,51 +11638,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3600</w:t>
+              <w:t xml:space="preserve">3850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12066,51 +11852,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3600</w:t>
+              <w:t xml:space="preserve">3850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12280,51 +12066,51 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3600</w:t>
+              <w:t xml:space="preserve">3850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12916,96 +12702,96 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2700</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2450</w:t>
+              <w:t xml:space="preserve">2862</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>