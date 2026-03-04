--- v1 (2026-01-08)
+++ v2 (2026-03-04)
@@ -2882,66 +2882,66 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">120</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5</w:t>
+              <w:t xml:space="preserve">90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1 / 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -2987,81 +2987,81 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1700</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">1500</w:t>
+              <w:t xml:space="preserve">1800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3096,66 +3096,66 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">115</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5 / 5.1</w:t>
+              <w:t xml:space="preserve">120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3310,66 +3310,66 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">140</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5 / 5.1</w:t>
+              <w:t xml:space="preserve">115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3524,66 +3524,66 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">90</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 4 / 5.1 / 6</w:t>
+              <w:t xml:space="preserve">140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 / 2.5 / 3 / 3.5 / 3.8 / 4 / 5 / 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3629,81 +3629,81 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1800</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">1600</w:t>
+              <w:t xml:space="preserve">1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>